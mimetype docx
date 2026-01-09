--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -36,75 +36,75 @@
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:ind w:left="4253" w:hanging="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:before="240" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_872118669"/>
+            <w:name w:val="__Fieldmark__0_773167862"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_872118669"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_872118669"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_773167862"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_773167862"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>…………………….…………………………………</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_872118669"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_773167862"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
@@ -971,77 +971,77 @@
           <w:tab w:val="right" w:pos="9639" w:leader="dot"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve">COMUNE DI </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_872118669"/>
+            <w:name w:val="__Fieldmark__1_773167862"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_872118669"/>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__1_872118669"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_773167862"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__1_773167862"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__1_872118669"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__1_773167862"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1377,75 +1377,75 @@
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ELETTORALE COMUNALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="5670" w:hanging="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_872118669"/>
+            <w:name w:val="__Fieldmark__2_773167862"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_872118669"/>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_872118669"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_773167862"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_773167862"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>…………………………………………………………</w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__2_872118669"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__2_773167862"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId2"/>
       <w:footerReference w:type="default" r:id="rId3"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="851" w:footer="425" w:bottom="851" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
     </w:sectPr>
   </w:body>