--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -217,97 +217,97 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Richiesta di riversamento di somme a titolo di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_412284154"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1112452013"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_1112452013"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_1112452013"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ICI  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_412284154"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1112452013"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_1112452013"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_1112452013"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">IMU </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Controllo36"/>
       <w:r>
@@ -316,142 +316,142 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__2_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_412284154"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__2_1112452013"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_1112452013"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_1112452013"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">TASI  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__3_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_412284154"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__3_1112452013"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__3_1112452013"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_1112452013"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">TARES  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__4_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__4_412284154"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__4_1112452013"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__4_1112452013"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__4_1112452013"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>TARI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -753,93 +753,93 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in qualità di   </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__5_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__5_412284154"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__5_1112452013"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__5_1112452013"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__5_1112452013"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> proprietario   </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__6_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__6_412284154"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__6_1112452013"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__6_1112452013"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__6_1112452013"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  detentore degli immobili assoggettati all'imposta in oggetto</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="55" w:type="dxa"/>
@@ -2116,51 +2116,51 @@
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:snapToGrid w:val="false"/>
               <w:ind w:left="-112" w:right="-96" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText>"Testo67"</w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__7_412284154"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__7_1112452013"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.......................................</w:t>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="0" w:after="120"/>
@@ -2207,53 +2207,53 @@
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:left="709" w:right="284" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_412284154"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1112452013"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1112452013"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_1112452013"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>fotocopia quietanze di versamento (bollettino o mod. F24);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2263,53 +2263,53 @@
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:left="709" w:right="284" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_412284154"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_412284154"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1112452013"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1112452013"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_1112452013"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:sz w:val="20"/>