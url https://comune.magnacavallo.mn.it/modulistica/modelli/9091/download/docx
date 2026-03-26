--- v1 (2025-12-26)
+++ v2 (2026-03-26)
@@ -217,97 +217,97 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Richiesta di riversamento di somme a titolo di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_1112452013"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_443653782"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_443653782"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_443653782"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ICI  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_1112452013"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_443653782"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_443653782"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_443653782"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">IMU </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Controllo36"/>
       <w:r>
@@ -316,142 +316,142 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__2_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_1112452013"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__2_443653782"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_443653782"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_443653782"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">TASI  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__3_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_1112452013"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__3_443653782"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__3_443653782"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_443653782"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">TARES  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__4_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__4_1112452013"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__4_443653782"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__4_443653782"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__4_443653782"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>TARI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -753,93 +753,93 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in qualità di   </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__5_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__5_1112452013"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__5_443653782"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__5_443653782"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__5_443653782"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> proprietario   </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__6_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__6_1112452013"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__6_443653782"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__6_443653782"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__6_443653782"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  detentore degli immobili assoggettati all'imposta in oggetto</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="55" w:type="dxa"/>
@@ -2116,51 +2116,51 @@
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:snapToGrid w:val="false"/>
               <w:ind w:left="-112" w:right="-96" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText>"Testo67"</w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__7_1112452013"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__7_443653782"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.......................................</w:t>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="0" w:after="120"/>
@@ -2207,53 +2207,53 @@
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:left="709" w:right="284" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_1112452013"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_443653782"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_443653782"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_443653782"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>fotocopia quietanze di versamento (bollettino o mod. F24);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2263,53 +2263,53 @@
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:left="709" w:right="284" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1112452013"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_1112452013"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_443653782"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_443653782"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_443653782"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:sz w:val="20"/>